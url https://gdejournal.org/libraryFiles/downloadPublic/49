--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -19,97 +19,97 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w14:paraId="521AB3F6">
       <w:pPr>
         <w:pStyle w:val="7"/>
         <w:spacing w:before="48" w:line="236" w:lineRule="auto"/>
         <w:ind w:left="0" w:leftChars="0" w:right="671" w:firstLine="0" w:firstLineChars="0"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:eastAsia="宋体"/>
           <w:spacing w:val="14"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="65086418">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:kern w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:kern w:val="48"/>
         </w:rPr>
         <w:t xml:space="preserve">Paper Title* (use style: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:kern w:val="48"/>
         </w:rPr>
         <w:t>paper title</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:kern w:val="48"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="771692C8">
       <w:pPr>
         <w:pStyle w:val="14"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>*Note: Sub-titles are not captured in Xplore and should not be used</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="4BE4C6D5">
       <w:pPr>
         <w:pStyle w:val="14"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B463F7D">
       <w:pPr>
         <w:pStyle w:val="14"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="120" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:sectPr>
           <w:headerReference r:id="rId5" w:type="first"/>
           <w:footerReference r:id="rId8" w:type="first"/>
           <w:headerReference r:id="rId3" w:type="default"/>
           <w:footerReference r:id="rId6" w:type="default"/>
           <w:headerReference r:id="rId4" w:type="even"/>
@@ -2259,115 +2259,50 @@
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>figure caption</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64E2FC04">
       <w:pPr>
         <w:pStyle w:val="7"/>
       </w:pPr>
       <w:r>
         <w:t>Figure Labels: Use 8 point Times New Roman for Figure labels. Use words rather than symbols or abbreviations when writing Figure axis labels to avoid confusing the reader. As an example, write the quantity “Magnetization”, or “Magnetization, M”, not just “M”. If including units in the label, present them within parentheses. Do not label axes only with units. In the example, write “Magnetization (A/m)” or “Magnetization {A[m(1)]}”, not just “A/m”. Do not label axes with a ratio of quantities and units. For example, write “Temperature (K)”, not “Temperature/K”.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="759FC078">
-[...63 lines deleted...]
-    </w:p>
     <w:p w14:paraId="610D3326">
       <w:pPr>
         <w:pStyle w:val="6"/>
       </w:pPr>
       <w:r>
         <w:t>References</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B15FD98">
       <w:pPr>
         <w:pStyle w:val="7"/>
       </w:pPr>
       <w:r>
         <w:t>The template will number citations consecutively within brackets [1]. The sentence punctuation follows the bracket [2]. Refer simply to the reference number, as in [3]—do not use “Ref. [3]” or “reference [3]” except at the beginning of a sentence: “Reference [3] was the first</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>...”</w:t>
       </w:r>
     </w:p>
@@ -2462,257 +2397,148 @@
         <w:pStyle w:val="22"/>
         <w:ind w:left="354" w:hanging="354"/>
       </w:pPr>
       <w:r>
         <w:t>R. Nicole, “Title of paper with only first word capitalized,” J. Name Stand. Abbrev., in press.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09207C22">
       <w:pPr>
         <w:pStyle w:val="22"/>
         <w:ind w:left="354" w:hanging="354"/>
       </w:pPr>
       <w:r>
         <w:t>Y. Yorozu, M. Hirano, K. Oka, and Y. Tagawa, “Electron spectroscopy studies on magneto-optical media and plastic substrate interface,” IEEE Transl. J. Magn. Japan, vol. 2, pp. 740–741, August 1987 [Digests 9th Annual Conf. Magnetics Japan, p. 301, 1982].</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B5D6504">
       <w:pPr>
         <w:pStyle w:val="22"/>
         <w:ind w:left="354" w:hanging="354"/>
       </w:pPr>
       <w:r>
         <w:t>M. Young, The Technical Writer’s Handbook. Mill Valley, CA: University Science, 1989.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47FC07AF">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2BCFBDDE">
+      <w:pPr>
+        <w:pStyle w:val="6"/>
+      </w:pPr>
+      <w:r>
+        <w:t>ACKNOWLEDGEMENTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B61DBA">
+      <w:pPr>
+        <w:pStyle w:val="6"/>
+      </w:pPr>
+      <w:r>
+        <w:t>FUNDING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F2F551A">
+      <w:pPr>
+        <w:pStyle w:val="6"/>
+      </w:pPr>
+      <w:r>
+        <w:t>AVAILABILITY OF DATA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F09E9B0">
+      <w:pPr>
+        <w:pStyle w:val="6"/>
+        <w:rPr>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:highlight w:val="none"/>
+        </w:rPr>
+        <w:t>AUTHOR CONTRIBUTIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37323401">
+      <w:pPr>
+        <w:pStyle w:val="6"/>
+      </w:pPr>
+      <w:r>
+        <w:t>COMPETING INTERESTS</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4C04F614">
       <w:pPr>
         <w:pStyle w:val="22"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:hanging="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="宋体"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="zh-CN" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:sectPr>
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1080" w:right="907" w:bottom="1440" w:left="907" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgBorders>
             <w:top w:val="none" w:sz="0" w:space="0"/>
             <w:left w:val="none" w:sz="0" w:space="0"/>
             <w:bottom w:val="none" w:sz="0" w:space="0"/>
             <w:right w:val="none" w:sz="0" w:space="0"/>
           </w:pgBorders>
           <w:pgNumType w:fmt="decimal"/>
           <w:cols w:space="360" w:num="2"/>
           <w:docGrid w:linePitch="360" w:charSpace="0"/>
         </w:sectPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="宋体"/>
+    </w:p>
+    <w:p w14:paraId="5136DA7C">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...143 lines deleted...]
-      </w:r>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:sectPr>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
-[...9 lines deleted...]
-      <w:docGrid w:linePitch="360" w:charSpace="0"/>
+      <w:pgSz w:w="11906" w:h="16839"/>
+      <w:pgMar w:top="1008" w:right="812" w:bottom="904" w:left="906" w:header="668" w:footer="705" w:gutter="0"/>
+      <w:cols w:equalWidth="0" w:num="2">
+        <w:col w:w="5111" w:space="100"/>
+        <w:col w:w="4978"/>
+      </w:cols>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2780,90 +2606,116 @@
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="Times New Roman"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="8"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="8"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>X</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="Times New Roman"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="8"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:t xml:space="preserve"> No. </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="8"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>X</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="Times New Roman"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="8"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (2025): Green Design Engineering</w:t>
+      <w:t xml:space="preserve"> (202</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:snapToGrid w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="8"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+      </w:rPr>
+      <w:t>X</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia" w:eastAsia="Times New Roman"/>
+        <w:snapToGrid w:val="0"/>
+        <w:color w:val="000000"/>
+        <w:spacing w:val="8"/>
+        <w:kern w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US"/>
+      </w:rPr>
+      <w:t>): Green Design Engineering</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="Times New Roman"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="8"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="Times New Roman"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="8"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
@@ -3062,51 +2914,51 @@
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:ptab w:relativeTo="margin" w:alignment="right" w:leader="none"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia" w:eastAsia="Times New Roman"/>
         <w:snapToGrid w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="8"/>
         <w:kern w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>https://gdejournal.org/</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-5080</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-135890</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6424295" cy="0"/>
               <wp:effectExtent l="0" t="4445" r="0" b="5080"/>
               <wp:wrapNone/>
               <wp:docPr id="2" name="直接连接符 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="1137920" y="9776460"/>
                         <a:ext cx="6424295" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="9525">
@@ -3116,82 +2968,84 @@
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="2">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:srgbClr val="FFFFFF"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:srgbClr val="FFFFFF"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:-0.4pt;margin-top:-10.7pt;height:0pt;width:505.85pt;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAP31Bo9YAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PT0vEMBDF74LfIYzgzU26iGi36YJCT4qLXT3sbbaZbavN&#10;pJtk//jtTUHQ0/DmDe/9plie7SCO5EPvWEM2UyCIG2d6bjW8r6ubexAhIhscHJOGbwqwLC8vCsyN&#10;O/EbHevYihTCIUcNXYxjLmVoOrIYZm4kTt7OeYsxSd9K4/GUwu0g50rdSYs9p4YOR3rqqPmqD1bD&#10;jl4/noOn/ct+9bip6tWnbau11tdXmVqAiHSOf8cw4Sd0KBPT1h3YBDFomMBjGvPsFsTkq0w9gNj+&#10;rmRZyP8vlD9QSwMEFAAAAAgAh07iQJ1aWhXvAQAAvQMAAA4AAABkcnMvZTJvRG9jLnhtbK1TS44T&#10;MRDdI3EHy3vSSZNJJq10ZjHRsEEQCTiA47a7LfknlyedXIILILGDFUv23IbhGJTdzXw3s6AX7rKr&#10;/Mrv+Xl9cTSaHEQA5WxNZ5MpJcJy1yjb1vTTx6tX55RAZLZh2llR05MAerF5+WLd+0qUrnO6EYEg&#10;iIWq9zXtYvRVUQDvhGEwcV5YTEoXDIs4DW3RBNYjutFFOZ0uit6FxgfHBQCubockHRHDcwCdlIqL&#10;rePXRtg4oAahWURK0CkPdJNPK6Xg8b2UICLRNUWmMY/YBON9GovNmlVtYL5TfDwCe84RHnEyTFls&#10;egu1ZZGR66CeQBnFgwMn44Q7UwxEsiLIYjZ9pM2HjnmRuaDU4G9Fh/8Hy98ddoGopqYlJZYZvPCb&#10;Lz9/f/7259dXHG9+fCdlEqn3UGHtpd2FcQZ+FxLjowwm/ZELOaKhZq+XqxLlPdV0tVwu5otRZHGM&#10;hGPBYl7Oy9UZJRwrcq64A/EB4hvhDElBTbWyiT+r2OEtRGyMpf9K0rJ1V0rrfIfakh47npUJmaEv&#10;JfoBQ+ORG9iWEqZbNDyPISOC06pJuxMOhHZ/qQM5sGST/CXS2O1BWWq9ZdANdTk1GMioiG9CK1PT&#10;8/u7tUWQJN0gVor2rjllDfM63mpuMzow2eb+PO++e3Wbv1BLAwQKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDB&#10;asMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX&#10;9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxs&#10;bSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUaz&#10;HLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA&#10;4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRP&#10;EotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWm&#10;vr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2&#10;kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOY&#10;NJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAI&#10;AIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAF4EAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;AhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAQAMAAF9yZWxzL1BLAQIUABQA&#10;AAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAGQDAABfcmVscy8ucmVsc1BLAQIUAAoA&#10;AAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07i&#10;QD99QaPWAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAI&#10;AIdO4kCdWloV7wEAAL0DAAAOAAAAAAAAAAEAIAAAACUBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAA&#10;BgAGAFkBAACGBQAAAAA=&#10;">
+            <v:line id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="20" style="position:absolute;left:0pt;margin-left:-0.4pt;margin-top:-10.7pt;height:0pt;width:505.85pt;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="t" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAP31Bo9YAAAAK&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PT0vEMBDF74LfIYzgzU26iGi36YJCT4qLXT3sbbaZbavN&#10;pJtk//jtTUHQ0/DmDe/9plie7SCO5EPvWEM2UyCIG2d6bjW8r6ubexAhIhscHJOGbwqwLC8vCsyN&#10;O/EbHevYihTCIUcNXYxjLmVoOrIYZm4kTt7OeYsxSd9K4/GUwu0g50rdSYs9p4YOR3rqqPmqD1bD&#10;jl4/noOn/ct+9bip6tWnbau11tdXmVqAiHSOf8cw4Sd0KBPT1h3YBDFomMBjGvPsFsTkq0w9gNj+&#10;rmRZyP8vlD9QSwMEFAAAAAgAh07iQJ1aWhXvAQAAvQMAAA4AAABkcnMvZTJvRG9jLnhtbK1TS44T&#10;MRDdI3EHy3vSSZNJJq10ZjHRsEEQCTiA47a7LfknlyedXIILILGDFUv23IbhGJTdzXw3s6AX7rKr&#10;/Mrv+Xl9cTSaHEQA5WxNZ5MpJcJy1yjb1vTTx6tX55RAZLZh2llR05MAerF5+WLd+0qUrnO6EYEg&#10;iIWq9zXtYvRVUQDvhGEwcV5YTEoXDIs4DW3RBNYjutFFOZ0uit6FxgfHBQCubockHRHDcwCdlIqL&#10;rePXRtg4oAahWURK0CkPdJNPK6Xg8b2UICLRNUWmMY/YBON9GovNmlVtYL5TfDwCe84RHnEyTFls&#10;egu1ZZGR66CeQBnFgwMn44Q7UwxEsiLIYjZ9pM2HjnmRuaDU4G9Fh/8Hy98ddoGopqYlJZYZvPCb&#10;Lz9/f/7259dXHG9+fCdlEqn3UGHtpd2FcQZ+FxLjowwm/ZELOaKhZq+XqxLlPdV0tVwu5otRZHGM&#10;hGPBYl7Oy9UZJRwrcq64A/EB4hvhDElBTbWyiT+r2OEtRGyMpf9K0rJ1V0rrfIfakh47npUJmaEv&#10;JfoBQ+ORG9iWEqZbNDyPISOC06pJuxMOhHZ/qQM5sGST/CXS2O1BWWq9ZdANdTk1GMioiG9CK1PT&#10;8/u7tUWQJN0gVor2rjllDfM63mpuMzow2eb+PO++e3Wbv1BLAwQKAAAAAACHTuJAAAAAAAAAAAAA&#10;AAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxzpZDB&#10;asMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1IkukbGDX&#10;9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfNRJxs&#10;bSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEbuUaz&#10;HLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3AAAA&#10;4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgcYGRP&#10;EotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoekeWm&#10;vr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLnEMX2&#10;kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8QohPsOY&#10;NJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQAAAAI&#10;AIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAF4EAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;AhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAQAMAAF9yZWxzL1BLAQIUABQA&#10;AAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAGQDAABfcmVscy8ucmVsc1BLAQIUAAoA&#10;AAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgAh07i&#10;QD99QaPWAAAACgEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQAAAAI&#10;AIdO4kCdWloV7wEAAL0DAAAOAAAAAAAAAAEAIAAAACUBAABkcnMvZTJvRG9jLnhtbFBLBQYAAAAA&#10;BgAGAFkBAACGBQAAAAA=&#10;">
               <v:fill on="f" focussize="0,0"/>
               <v:stroke color="#000000 [3213]" miterlimit="8" joinstyle="miter"/>
               <v:imagedata o:title=""/>
               <o:lock v:ext="edit" aspectratio="f"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="69E9BE4A">
     <w:pPr>
       <w:pStyle w:val="9"/>
       <w:pBdr>
         <w:bottom w:val="double" w:color="auto" w:sz="8" w:space="0"/>
       </w:pBdr>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
+        <w:lang w:val="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>right</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1828800" cy="1828800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="文本框 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="1828800" cy="1828800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
@@ -3226,90 +3080,160 @@
                             <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="separate"/>
                           </w:r>
                           <w:r>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251661312;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQOGA044yAgAAYQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aStWVdV0VbYqQqrYlQri7DpOE8l/st0m5QHgDThx4c5z9Tn2c366aOGwBy7O2DP+xt83M1nc&#10;NkqSk3C+Mjqj41FKidDc5JU+ZPTzp82bGSU+MJ0zabTI6Fl4ert8/WpR27mYmNLIXDgCEO3ntc1o&#10;GYKdJ4nnpVDMj4wVGs7COMUCtu6Q5I7VQFcymaTpTVIbl1tnuPAep+vOSXtE9xJAUxQVF2vDj0ro&#10;0KE6IVkAJV9W1tNl+9qiEDzcF4UXgciMgmloVySBvY9rslyw+cExW1a8fwJ7yROecVKs0kh6hVqz&#10;wMjRVX9BqYo7400RRtyopCPSKgIW4/SZNruSWdFygdTeXkX3/w+Wfzw9OFLlGZ1SoplCwS8/vl9+&#10;/r78+kamUZ7a+jmidhZxoXlnGjTNcO5xGFk3hVPxCz4Efoh7voormkB4vDSbzGYpXBy+YQP85Om6&#10;dT68F0aRaGTUoXqtqOy09aELHUJiNm02lZRtBaUmdUZvpm/T9sLVA3CpkSOS6B4brdDsm57Z3uRn&#10;EHOm6wxv+aZC8i3z4YE5tAIejGEJ91gKaZDE9BYlpXFf/3Ue41EheCmp0VoZ1ZgkSuQHjcoBMAyG&#10;G4z9YOijujPo1TGG0PLWxAUX5GAWzqgvmKBVzAEX0xyZMhoG8y507Y0J5GK1aoOO1lWHsruAvrMs&#10;bPXO8pgmCunt6hggZqtxFKhTpdcNnddWqZ+S2Np/7tuopz/D8hFQSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJA4YDTjjICAABhBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251660288;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQOGA044yAgAAYQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aStWVdV0VbYqQqrYlQri7DpOE8l/st0m5QHgDThx4c5z9Tn2c366aOGwBy7O2DP+xt83M1nc&#10;NkqSk3C+Mjqj41FKidDc5JU+ZPTzp82bGSU+MJ0zabTI6Fl4ert8/WpR27mYmNLIXDgCEO3ntc1o&#10;GYKdJ4nnpVDMj4wVGs7COMUCtu6Q5I7VQFcymaTpTVIbl1tnuPAep+vOSXtE9xJAUxQVF2vDj0ro&#10;0KE6IVkAJV9W1tNl+9qiEDzcF4UXgciMgmloVySBvY9rslyw+cExW1a8fwJ7yROecVKs0kh6hVqz&#10;wMjRVX9BqYo7400RRtyopCPSKgIW4/SZNruSWdFygdTeXkX3/w+Wfzw9OFLlGZ1SoplCwS8/vl9+&#10;/r78+kamUZ7a+jmidhZxoXlnGjTNcO5xGFk3hVPxCz4Efoh7voormkB4vDSbzGYpXBy+YQP85Om6&#10;dT68F0aRaGTUoXqtqOy09aELHUJiNm02lZRtBaUmdUZvpm/T9sLVA3CpkSOS6B4brdDsm57Z3uRn&#10;EHOm6wxv+aZC8i3z4YE5tAIejGEJ91gKaZDE9BYlpXFf/3Ue41EheCmp0VoZ1ZgkSuQHjcoBMAyG&#10;G4z9YOijujPo1TGG0PLWxAUX5GAWzqgvmKBVzAEX0xyZMhoG8y507Y0J5GK1aoOO1lWHsruAvrMs&#10;bPXO8pgmCunt6hggZqtxFKhTpdcNnddWqZ+S2Np/7tuopz/D8hFQSwMECgAAAAAAh07iQAAAAAAA&#10;AAAAAAAAAAYAAABfcmVscy9QSwMEFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAABfcmVscy8ucmVs&#10;c6WQwWrDMAyG74O9g9F9cZrDGKNOL6PQa+kewNiKYxpbRjLZ+vbzDoNl9LajfqHvE//+8JkWtSJL&#10;pGxg1/WgMDvyMQcD75fj0wsoqTZ7u1BGAzcUOIyPD/szLra2I5ljEdUoWQzMtZZXrcXNmKx0VDC3&#10;zUScbG0jB12su9qAeuj7Z82/GTBumOrkDfDJD6Aut9LMf9gpOiahqXaOkqZpiu4eVQe2ZY7uyDbh&#10;G7lGsxywGvAsGgdqWdd+BH1fv/un3tNHPuO61X6HjOuPV2+6HL8AUEsDBBQAAAAIAIdO4kB+5uUg&#10;9wAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJWRQU7DMBBF90jcwfIWJU67QAgl6YK0S0Co&#10;HGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA0s5Y6ir5vt9lD1JwBDIwOMJK&#10;HpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oDOlTrorhX2lFEilmcO2RdNtjC&#10;5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893SUOqXwnz5DrgnHtJTxOsQfEK&#10;IT7DmDSUCayM+6KAU/53yWw5cuba1mrMm8BNir3hdLG61o5r1zj93/Ltkrp0q+WD6m9QSwECFAAU&#10;AAAACACHTuJAfublIPcAAADhAQAAEwAAAAAAAAABACAAAACbBAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQIUAAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAAAAAAAAAEAAAAH0DAABfcmVscy9QSwEC&#10;FAAUAAAACACHTuJAihRmPNEAAACUAQAACwAAAAAAAAABACAAAAChAwAAX3JlbHMvLnJlbHNQSwEC&#10;FAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABAAAAAAAAAAAABAAAAAAAAAAZHJzL1BLAQIUABQAAAAI&#10;AIdO4kCzSVju0AAAAAUBAAAPAAAAAAAAAAEAIAAAACIAAABkcnMvZG93bnJldi54bWxQSwECFAAU&#10;AAAACACHTuJA4YDTjjICAABhBAAADgAAAAAAAAABACAAAAAfAQAAZHJzL2Uyb0RvYy54bWxQSwUG&#10;AAAAAAYABgBZAQAAwwUAAAAA&#10;">
               <v:fill on="f" focussize="0,0"/>
               <v:stroke on="f" weight="0.5pt"/>
               <v:imagedata o:title=""/>
               <o:lock v:ext="edit" aspectratio="f"/>
               <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
                 <w:txbxContent>
                   <w:p w14:paraId="7C928E16">
                     <w:pPr>
                       <w:pStyle w:val="9"/>
                     </w:pPr>
                     <w:r>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:instrText xml:space="preserve"> PAGE  \* MERGEFORMAT </w:instrText>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="separate"/>
                     </w:r>
                     <w:r>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
+        <w:sz w:val="20"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
-      <w:t>doi: 10.51023/______________</w:t>
+      <w:t>P</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>ublished</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:spacing w:val="5"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:spacing w:val="-1"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>on</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:spacing w:val="3"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:spacing w:val="3"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+      </w:rPr>
+      <w:t>x</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:spacing w:val="7"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:hint="eastAsia"/>
+        <w:spacing w:val="7"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+      </w:rPr>
+      <w:t xml:space="preserve">X </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:spacing w:val="-1"/>
+        <w:position w:val="5"/>
+        <w:sz w:val="11"/>
+        <w:szCs w:val="11"/>
+      </w:rPr>
+      <w:t>th</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:p w14:paraId="5DC12359">
     <w:pPr>
       <w:pStyle w:val="9"/>
       <w:pBdr>
         <w:bottom w:val="double" w:color="000000" w:sz="8" w:space="0"/>
       </w:pBdr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:hint="default" w:eastAsia="宋体"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
       </w:rPr>
       <w:t>https://doi.org/10.64504/big.dv3i1.329</w:t>
@@ -4168,50 +4092,51 @@
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="150"/>
   <w:embedSystemFonts/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009303D9"/>
     <w:rsid w:val="0004781E"/>
     <w:rsid w:val="0008758A"/>
     <w:rsid w:val="000C1E68"/>
+    <w:rsid w:val="000E2757"/>
     <w:rsid w:val="001A2EFD"/>
     <w:rsid w:val="001A3B3D"/>
     <w:rsid w:val="001B67DC"/>
     <w:rsid w:val="002254A9"/>
     <w:rsid w:val="00233D97"/>
     <w:rsid w:val="002347A2"/>
     <w:rsid w:val="002850E3"/>
     <w:rsid w:val="00354FCF"/>
     <w:rsid w:val="003A19E2"/>
     <w:rsid w:val="003B2B40"/>
     <w:rsid w:val="003B4E04"/>
     <w:rsid w:val="003F5A08"/>
     <w:rsid w:val="00420716"/>
     <w:rsid w:val="004325FB"/>
     <w:rsid w:val="004432BA"/>
     <w:rsid w:val="0044407E"/>
     <w:rsid w:val="00447BB9"/>
     <w:rsid w:val="0046031D"/>
     <w:rsid w:val="00473AC9"/>
     <w:rsid w:val="004D72B5"/>
     <w:rsid w:val="00551B7F"/>
     <w:rsid w:val="0056610F"/>
     <w:rsid w:val="00575BCA"/>
     <w:rsid w:val="005B0344"/>
     <w:rsid w:val="005B520E"/>
@@ -4260,94 +4185,90 @@
     <w:rsid w:val="00C3075A"/>
     <w:rsid w:val="00C919A4"/>
     <w:rsid w:val="00CA4392"/>
     <w:rsid w:val="00CC393F"/>
     <w:rsid w:val="00D2176E"/>
     <w:rsid w:val="00D632BE"/>
     <w:rsid w:val="00D72D06"/>
     <w:rsid w:val="00D7522C"/>
     <w:rsid w:val="00D7536F"/>
     <w:rsid w:val="00D76668"/>
     <w:rsid w:val="00E07383"/>
     <w:rsid w:val="00E165BC"/>
     <w:rsid w:val="00E61E12"/>
     <w:rsid w:val="00E7596C"/>
     <w:rsid w:val="00E878F2"/>
     <w:rsid w:val="00ED0149"/>
     <w:rsid w:val="00EF7DE3"/>
     <w:rsid w:val="00F03103"/>
     <w:rsid w:val="00F271DE"/>
     <w:rsid w:val="00F627DA"/>
     <w:rsid w:val="00F7288F"/>
     <w:rsid w:val="00F847A6"/>
     <w:rsid w:val="00F9441B"/>
     <w:rsid w:val="00FA4C32"/>
     <w:rsid w:val="00FE7114"/>
+    <w:rsid w:val="023F5255"/>
     <w:rsid w:val="0A672FCE"/>
     <w:rsid w:val="16E81A55"/>
     <w:rsid w:val="1A617504"/>
     <w:rsid w:val="23A831B7"/>
+    <w:rsid w:val="24FF3FBE"/>
     <w:rsid w:val="25AA0158"/>
+    <w:rsid w:val="26E70E95"/>
     <w:rsid w:val="365B2DB7"/>
     <w:rsid w:val="37A10C9D"/>
     <w:rsid w:val="3F4C5993"/>
+    <w:rsid w:val="3FC3510F"/>
     <w:rsid w:val="41410A6A"/>
     <w:rsid w:val="54011E01"/>
     <w:rsid w:val="54A62E3C"/>
     <w:rsid w:val="57E6076B"/>
+    <w:rsid w:val="5D5A29CA"/>
     <w:rsid w:val="66C33EDD"/>
     <w:rsid w:val="6ECA34EE"/>
     <w:rsid w:val="74D55507"/>
     <w:rsid w:val="7B0C59FB"/>
     <w:rsid w:val="7B9F0AA6"/>
     <w:rsid w:val="7F8C46C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:shapeDefaults>
-[...7 lines deleted...]
-  </w:shapeDefaults>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
@@ -5366,63 +5287,63 @@
 </s:customData>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E966C7F-158E-4883-86A6-4454069232BB}">
   <ds:schemaRefs/>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Company>IEEE</Company>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>12065</Characters>
+  <Pages>4</Pages>
+  <Words>2253</Words>
+  <Characters>11637</Characters>
   <Lines>102</Lines>
   <Paragraphs>28</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14301</CharactersWithSpaces>
+  <CharactersWithSpaces>13785</CharactersWithSpaces>
   <Application>WPS Office_12.1.0.24034_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>IEEE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Paper Title (use style: paper title)</dc:title>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiYTIzYjYwYmM2MzFhZGM1MjZmMGNlMjYwNGY4NGJmODkiLCJ1c2VySWQiOiIxNDQyMDE5ODM0In0=</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiMTBjNDY5OWVkY2UxZjJlYmM2MDQ4ZWYyZmQ0YzZlNmQiLCJ1c2VySWQiOiIxNDQyMDE5ODM0In0=</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
     <vt:lpwstr>2052-12.1.0.24034</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">
-    <vt:lpwstr>08A99EDEA86C4B51957AB135C0942E18_13</vt:lpwstr>
+    <vt:lpwstr>46940FDE4BF647449E3DB0B61C1F4B3B_13</vt:lpwstr>
   </property>
 </Properties>
 </file>